--- v0 (2025-10-14)
+++ v1 (2025-12-05)
@@ -38,54 +38,54 @@
   <si>
     <t>Sign</t>
   </si>
   <si>
     <t>Measure area</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Value</t>
   </si>
   <si>
     <t>Förnybar energi från vindkraft, sol och biogas</t>
   </si>
   <si>
     <t>SE.4.6.10</t>
   </si>
   <si>
     <t>Vindkraft</t>
   </si>
   <si>
-    <t>Solel</t>
-[...1 lines deleted...]
-  <si>
     <t>Biogas</t>
+  </si>
+  <si>
+    <t>Solenergi</t>
   </si>
   <si>
     <t>Totalt</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyy-MM-dd"/>
     <numFmt numFmtId="165" formatCode="####"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <b/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
@@ -504,151 +504,151 @@
       </c>
       <c r="E4" s="3">
         <v>2019</v>
       </c>
       <c r="F4">
         <v>22870</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>6</v>
       </c>
       <c r="B5" t="s">
         <v>7</v>
       </c>
       <c r="C5" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="2">
         <v>43100</v>
       </c>
       <c r="E5" s="3">
         <v>2017</v>
       </c>
       <c r="F5">
-        <v>260</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6" t="s">
         <v>7</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="2">
         <v>43100</v>
       </c>
       <c r="E6" s="3">
         <v>2017</v>
       </c>
       <c r="F6">
-        <v>2194</v>
+        <v>260</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>7</v>
       </c>
       <c r="C7" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="2">
         <v>43465</v>
       </c>
       <c r="E7" s="3">
         <v>2018</v>
       </c>
       <c r="F7">
-        <v>542</v>
+        <v>2333</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>6</v>
       </c>
       <c r="B8" t="s">
         <v>7</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="2">
         <v>43465</v>
       </c>
       <c r="E8" s="3">
         <v>2018</v>
       </c>
       <c r="F8">
-        <v>2333</v>
+        <v>542</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>6</v>
       </c>
       <c r="B9" t="s">
         <v>7</v>
       </c>
       <c r="C9" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="2">
         <v>43830</v>
       </c>
       <c r="E9" s="3">
         <v>2019</v>
       </c>
       <c r="F9">
-        <v>951</v>
+        <v>2444</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>6</v>
       </c>
       <c r="B10" t="s">
         <v>7</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" s="2">
         <v>43830</v>
       </c>
       <c r="E10" s="3">
         <v>2019</v>
       </c>
       <c r="F10">
-        <v>2444</v>
+        <v>951</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>6</v>
       </c>
       <c r="B11" t="s">
         <v>7</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
       <c r="D11" s="2">
         <v>43100</v>
       </c>
       <c r="E11" s="3">
         <v>2017</v>
       </c>
       <c r="F11">
         <v>23547</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>6</v>