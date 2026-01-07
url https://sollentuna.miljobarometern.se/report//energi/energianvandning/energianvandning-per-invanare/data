--- v0 (2025-10-07)
+++ v1 (2026-01-07)
@@ -50,54 +50,54 @@
   <si>
     <t>Value</t>
   </si>
   <si>
     <t>Energianvändning per invånare</t>
   </si>
   <si>
     <t>SE.4.1.18</t>
   </si>
   <si>
     <t>Jordbruk, skogsbruk och fiske</t>
   </si>
   <si>
     <t>Industri och byggverksamhet</t>
   </si>
   <si>
     <t>Offentlig verksamhet</t>
   </si>
   <si>
     <t>Transporter</t>
   </si>
   <si>
     <t>Övriga tjänster</t>
   </si>
   <si>
-    <t>Totalt</t>
+    <t>Hushåll</t>
   </si>
   <si>
-    <t>Hushåll</t>
+    <t>Totalt</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyy-MM-dd"/>
     <numFmt numFmtId="165" formatCode="####"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <b/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -1753,551 +1753,551 @@
       </c>
       <c r="E66" s="3">
         <v>2023</v>
       </c>
       <c r="F66">
         <v>2.302149</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>6</v>
       </c>
       <c r="B67" t="s">
         <v>7</v>
       </c>
       <c r="C67" t="s">
         <v>13</v>
       </c>
       <c r="D67" s="2">
         <v>40178</v>
       </c>
       <c r="E67" s="3">
         <v>2009</v>
       </c>
       <c r="F67">
-        <v>21.122</v>
+        <v>8.019</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>6</v>
       </c>
       <c r="B68" t="s">
         <v>7</v>
       </c>
       <c r="C68" t="s">
         <v>14</v>
       </c>
       <c r="D68" s="2">
         <v>40178</v>
       </c>
       <c r="E68" s="3">
         <v>2009</v>
       </c>
       <c r="F68">
-        <v>8.019</v>
+        <v>21.122</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>6</v>
       </c>
       <c r="B69" t="s">
         <v>7</v>
       </c>
       <c r="C69" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D69" s="2">
         <v>40543</v>
       </c>
       <c r="E69" s="3">
         <v>2010</v>
       </c>
       <c r="F69">
         <v>8.912</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>6</v>
       </c>
       <c r="B70" t="s">
         <v>7</v>
       </c>
       <c r="C70" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D70" s="2">
         <v>40543</v>
       </c>
       <c r="E70" s="3">
         <v>2010</v>
       </c>
       <c r="F70">
         <v>24.153</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>6</v>
       </c>
       <c r="B71" t="s">
         <v>7</v>
       </c>
       <c r="C71" t="s">
         <v>13</v>
       </c>
       <c r="D71" s="2">
         <v>40908</v>
       </c>
       <c r="E71" s="3">
         <v>2011</v>
       </c>
       <c r="F71">
-        <v>20.595</v>
+        <v>7.437</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>6</v>
       </c>
       <c r="B72" t="s">
         <v>7</v>
       </c>
       <c r="C72" t="s">
         <v>14</v>
       </c>
       <c r="D72" s="2">
         <v>40908</v>
       </c>
       <c r="E72" s="3">
         <v>2011</v>
       </c>
       <c r="F72">
-        <v>7.437</v>
+        <v>20.595</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>6</v>
       </c>
       <c r="B73" t="s">
         <v>7</v>
       </c>
       <c r="C73" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D73" s="2">
         <v>41274</v>
       </c>
       <c r="E73" s="3">
         <v>2012</v>
       </c>
       <c r="F73">
         <v>7.778</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>6</v>
       </c>
       <c r="B74" t="s">
         <v>7</v>
       </c>
       <c r="C74" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D74" s="2">
         <v>41274</v>
       </c>
       <c r="E74" s="3">
         <v>2012</v>
       </c>
       <c r="F74">
         <v>20.296</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>6</v>
       </c>
       <c r="B75" t="s">
         <v>7</v>
       </c>
       <c r="C75" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D75" s="2">
         <v>41639</v>
       </c>
       <c r="E75" s="3">
         <v>2013</v>
       </c>
       <c r="F75">
         <v>20.632</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>6</v>
       </c>
       <c r="B76" t="s">
         <v>7</v>
       </c>
       <c r="C76" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D76" s="2">
         <v>41639</v>
       </c>
       <c r="E76" s="3">
         <v>2013</v>
       </c>
       <c r="F76">
         <v>7.469</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>6</v>
       </c>
       <c r="B77" t="s">
         <v>7</v>
       </c>
       <c r="C77" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D77" s="2">
         <v>42735</v>
       </c>
       <c r="E77" s="3">
         <v>2016</v>
       </c>
       <c r="F77">
         <v>7.434</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>6</v>
       </c>
       <c r="B78" t="s">
         <v>7</v>
       </c>
       <c r="C78" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D78" s="2">
         <v>42735</v>
       </c>
       <c r="E78" s="3">
         <v>2016</v>
       </c>
       <c r="F78">
         <v>20.05</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>6</v>
       </c>
       <c r="B79" t="s">
         <v>7</v>
       </c>
       <c r="C79" t="s">
         <v>14</v>
       </c>
       <c r="D79" s="2">
         <v>43100</v>
       </c>
       <c r="E79" s="3">
         <v>2017</v>
       </c>
       <c r="F79">
-        <v>7.251</v>
+        <v>19.861</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>6</v>
       </c>
       <c r="B80" t="s">
         <v>7</v>
       </c>
       <c r="C80" t="s">
         <v>13</v>
       </c>
       <c r="D80" s="2">
         <v>43100</v>
       </c>
       <c r="E80" s="3">
         <v>2017</v>
       </c>
       <c r="F80">
-        <v>19.861</v>
+        <v>7.251</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>6</v>
       </c>
       <c r="B81" t="s">
         <v>7</v>
       </c>
       <c r="C81" t="s">
         <v>14</v>
       </c>
       <c r="D81" s="2">
         <v>43465</v>
       </c>
       <c r="E81" s="3">
         <v>2018</v>
       </c>
       <c r="F81">
-        <v>8.948</v>
+        <v>21.44</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>6</v>
       </c>
       <c r="B82" t="s">
         <v>7</v>
       </c>
       <c r="C82" t="s">
         <v>13</v>
       </c>
       <c r="D82" s="2">
         <v>43465</v>
       </c>
       <c r="E82" s="3">
         <v>2018</v>
       </c>
       <c r="F82">
-        <v>21.44</v>
+        <v>8.948</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>6</v>
       </c>
       <c r="B83" t="s">
         <v>7</v>
       </c>
       <c r="C83" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D83" s="2">
         <v>43830</v>
       </c>
       <c r="E83" s="3">
         <v>2019</v>
       </c>
       <c r="F83">
         <v>6.905</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>6</v>
       </c>
       <c r="B84" t="s">
         <v>7</v>
       </c>
       <c r="C84" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D84" s="2">
         <v>43830</v>
       </c>
       <c r="E84" s="3">
         <v>2019</v>
       </c>
       <c r="F84">
         <v>19.592</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>6</v>
       </c>
       <c r="B85" t="s">
         <v>7</v>
       </c>
       <c r="C85" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D85" s="2">
         <v>44196</v>
       </c>
       <c r="E85" s="3">
         <v>2020</v>
       </c>
       <c r="F85">
         <v>17.827</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>6</v>
       </c>
       <c r="B86" t="s">
         <v>7</v>
       </c>
       <c r="C86" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D86" s="2">
         <v>44196</v>
       </c>
       <c r="E86" s="3">
         <v>2020</v>
       </c>
       <c r="F86">
         <v>6.433</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>6</v>
       </c>
       <c r="B87" t="s">
         <v>7</v>
       </c>
       <c r="C87" t="s">
         <v>14</v>
       </c>
       <c r="D87" s="2">
         <v>44561</v>
       </c>
       <c r="E87" s="3">
         <v>2021</v>
       </c>
       <c r="F87">
-        <v>7.24815</v>
+        <v>19.8777</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>6</v>
       </c>
       <c r="B88" t="s">
         <v>7</v>
       </c>
       <c r="C88" t="s">
         <v>13</v>
       </c>
       <c r="D88" s="2">
         <v>44561</v>
       </c>
       <c r="E88" s="3">
         <v>2021</v>
       </c>
       <c r="F88">
-        <v>19.8777</v>
+        <v>7.24815</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>6</v>
       </c>
       <c r="B89" t="s">
         <v>7</v>
       </c>
       <c r="C89" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D89" s="2">
         <v>44926</v>
       </c>
       <c r="E89" s="3">
         <v>2022</v>
       </c>
       <c r="F89">
         <v>18.1994</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>6</v>
       </c>
       <c r="B90" t="s">
         <v>7</v>
       </c>
       <c r="C90" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D90" s="2">
         <v>44926</v>
       </c>
       <c r="E90" s="3">
         <v>2022</v>
       </c>
       <c r="F90">
         <v>6.5454</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>6</v>
       </c>
       <c r="B91" t="s">
         <v>7</v>
       </c>
       <c r="C91" t="s">
         <v>14</v>
       </c>
       <c r="D91" s="2">
         <v>45291</v>
       </c>
       <c r="E91" s="3">
         <v>2023</v>
       </c>
       <c r="F91">
-        <v>6.6398</v>
+        <v>16.864071</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>6</v>
       </c>
       <c r="B92" t="s">
         <v>7</v>
       </c>
       <c r="C92" t="s">
         <v>13</v>
       </c>
       <c r="D92" s="2">
         <v>45291</v>
       </c>
       <c r="E92" s="3">
         <v>2023</v>
       </c>
       <c r="F92">
-        <v>16.864071</v>
+        <v>6.6398</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.69999999999999996" right="0.69999999999999996" top="0.75" bottom="0.75" header="0.29999999999999999" footer="0.29999999999999999"/>
   <pageSetup orientation="portrait" scale="100" paperSize="9" fitToWidth="0" fitToHeight="0" horizontalDpi="0" verticalDpi="0" copies="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>GemBox.Spreadsheet</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>