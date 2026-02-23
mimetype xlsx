--- v1 (2026-01-07)
+++ v2 (2026-02-23)
@@ -50,54 +50,54 @@
   <si>
     <t>Value</t>
   </si>
   <si>
     <t>Energianvändning per invånare</t>
   </si>
   <si>
     <t>SE.4.1.18</t>
   </si>
   <si>
     <t>Jordbruk, skogsbruk och fiske</t>
   </si>
   <si>
     <t>Industri och byggverksamhet</t>
   </si>
   <si>
     <t>Offentlig verksamhet</t>
   </si>
   <si>
     <t>Transporter</t>
   </si>
   <si>
     <t>Övriga tjänster</t>
   </si>
   <si>
-    <t>Hushåll</t>
+    <t>Totalt</t>
   </si>
   <si>
-    <t>Totalt</t>
+    <t>Hushåll</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyy-MM-dd"/>
     <numFmt numFmtId="165" formatCode="####"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <b/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -1753,542 +1753,542 @@
       </c>
       <c r="E66" s="3">
         <v>2023</v>
       </c>
       <c r="F66">
         <v>2.302149</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>6</v>
       </c>
       <c r="B67" t="s">
         <v>7</v>
       </c>
       <c r="C67" t="s">
         <v>13</v>
       </c>
       <c r="D67" s="2">
         <v>40178</v>
       </c>
       <c r="E67" s="3">
         <v>2009</v>
       </c>
       <c r="F67">
-        <v>8.019</v>
+        <v>21.122</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>6</v>
       </c>
       <c r="B68" t="s">
         <v>7</v>
       </c>
       <c r="C68" t="s">
         <v>14</v>
       </c>
       <c r="D68" s="2">
         <v>40178</v>
       </c>
       <c r="E68" s="3">
         <v>2009</v>
       </c>
       <c r="F68">
-        <v>21.122</v>
+        <v>8.019</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>6</v>
       </c>
       <c r="B69" t="s">
         <v>7</v>
       </c>
       <c r="C69" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D69" s="2">
         <v>40543</v>
       </c>
       <c r="E69" s="3">
         <v>2010</v>
       </c>
       <c r="F69">
         <v>8.912</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>6</v>
       </c>
       <c r="B70" t="s">
         <v>7</v>
       </c>
       <c r="C70" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D70" s="2">
         <v>40543</v>
       </c>
       <c r="E70" s="3">
         <v>2010</v>
       </c>
       <c r="F70">
         <v>24.153</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>6</v>
       </c>
       <c r="B71" t="s">
         <v>7</v>
       </c>
       <c r="C71" t="s">
         <v>13</v>
       </c>
       <c r="D71" s="2">
         <v>40908</v>
       </c>
       <c r="E71" s="3">
         <v>2011</v>
       </c>
       <c r="F71">
-        <v>7.437</v>
+        <v>20.595</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>6</v>
       </c>
       <c r="B72" t="s">
         <v>7</v>
       </c>
       <c r="C72" t="s">
         <v>14</v>
       </c>
       <c r="D72" s="2">
         <v>40908</v>
       </c>
       <c r="E72" s="3">
         <v>2011</v>
       </c>
       <c r="F72">
-        <v>20.595</v>
+        <v>7.437</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>6</v>
       </c>
       <c r="B73" t="s">
         <v>7</v>
       </c>
       <c r="C73" t="s">
         <v>13</v>
       </c>
       <c r="D73" s="2">
         <v>41274</v>
       </c>
       <c r="E73" s="3">
         <v>2012</v>
       </c>
       <c r="F73">
-        <v>7.778</v>
+        <v>20.296</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>6</v>
       </c>
       <c r="B74" t="s">
         <v>7</v>
       </c>
       <c r="C74" t="s">
         <v>14</v>
       </c>
       <c r="D74" s="2">
         <v>41274</v>
       </c>
       <c r="E74" s="3">
         <v>2012</v>
       </c>
       <c r="F74">
-        <v>20.296</v>
+        <v>7.778</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>6</v>
       </c>
       <c r="B75" t="s">
         <v>7</v>
       </c>
       <c r="C75" t="s">
         <v>14</v>
       </c>
       <c r="D75" s="2">
         <v>41639</v>
       </c>
       <c r="E75" s="3">
         <v>2013</v>
       </c>
       <c r="F75">
-        <v>20.632</v>
+        <v>7.469</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>6</v>
       </c>
       <c r="B76" t="s">
         <v>7</v>
       </c>
       <c r="C76" t="s">
         <v>13</v>
       </c>
       <c r="D76" s="2">
         <v>41639</v>
       </c>
       <c r="E76" s="3">
         <v>2013</v>
       </c>
       <c r="F76">
-        <v>7.469</v>
+        <v>20.632</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>6</v>
       </c>
       <c r="B77" t="s">
         <v>7</v>
       </c>
       <c r="C77" t="s">
         <v>13</v>
       </c>
       <c r="D77" s="2">
         <v>42735</v>
       </c>
       <c r="E77" s="3">
         <v>2016</v>
       </c>
       <c r="F77">
-        <v>7.434</v>
+        <v>20.05</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>6</v>
       </c>
       <c r="B78" t="s">
         <v>7</v>
       </c>
       <c r="C78" t="s">
         <v>14</v>
       </c>
       <c r="D78" s="2">
         <v>42735</v>
       </c>
       <c r="E78" s="3">
         <v>2016</v>
       </c>
       <c r="F78">
-        <v>20.05</v>
+        <v>7.434</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>6</v>
       </c>
       <c r="B79" t="s">
         <v>7</v>
       </c>
       <c r="C79" t="s">
         <v>14</v>
       </c>
       <c r="D79" s="2">
         <v>43100</v>
       </c>
       <c r="E79" s="3">
         <v>2017</v>
       </c>
       <c r="F79">
-        <v>19.861</v>
+        <v>7.251</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>6</v>
       </c>
       <c r="B80" t="s">
         <v>7</v>
       </c>
       <c r="C80" t="s">
         <v>13</v>
       </c>
       <c r="D80" s="2">
         <v>43100</v>
       </c>
       <c r="E80" s="3">
         <v>2017</v>
       </c>
       <c r="F80">
-        <v>7.251</v>
+        <v>19.861</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>6</v>
       </c>
       <c r="B81" t="s">
         <v>7</v>
       </c>
       <c r="C81" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D81" s="2">
         <v>43465</v>
       </c>
       <c r="E81" s="3">
         <v>2018</v>
       </c>
       <c r="F81">
         <v>21.44</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>6</v>
       </c>
       <c r="B82" t="s">
         <v>7</v>
       </c>
       <c r="C82" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D82" s="2">
         <v>43465</v>
       </c>
       <c r="E82" s="3">
         <v>2018</v>
       </c>
       <c r="F82">
         <v>8.948</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>6</v>
       </c>
       <c r="B83" t="s">
         <v>7</v>
       </c>
       <c r="C83" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D83" s="2">
         <v>43830</v>
       </c>
       <c r="E83" s="3">
         <v>2019</v>
       </c>
       <c r="F83">
         <v>6.905</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>6</v>
       </c>
       <c r="B84" t="s">
         <v>7</v>
       </c>
       <c r="C84" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D84" s="2">
         <v>43830</v>
       </c>
       <c r="E84" s="3">
         <v>2019</v>
       </c>
       <c r="F84">
         <v>19.592</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>6</v>
       </c>
       <c r="B85" t="s">
         <v>7</v>
       </c>
       <c r="C85" t="s">
         <v>14</v>
       </c>
       <c r="D85" s="2">
         <v>44196</v>
       </c>
       <c r="E85" s="3">
         <v>2020</v>
       </c>
       <c r="F85">
-        <v>17.827</v>
+        <v>6.433</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>6</v>
       </c>
       <c r="B86" t="s">
         <v>7</v>
       </c>
       <c r="C86" t="s">
         <v>13</v>
       </c>
       <c r="D86" s="2">
         <v>44196</v>
       </c>
       <c r="E86" s="3">
         <v>2020</v>
       </c>
       <c r="F86">
-        <v>6.433</v>
+        <v>17.827</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>6</v>
       </c>
       <c r="B87" t="s">
         <v>7</v>
       </c>
       <c r="C87" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D87" s="2">
         <v>44561</v>
       </c>
       <c r="E87" s="3">
         <v>2021</v>
       </c>
       <c r="F87">
         <v>19.8777</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>6</v>
       </c>
       <c r="B88" t="s">
         <v>7</v>
       </c>
       <c r="C88" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D88" s="2">
         <v>44561</v>
       </c>
       <c r="E88" s="3">
         <v>2021</v>
       </c>
       <c r="F88">
         <v>7.24815</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>6</v>
       </c>
       <c r="B89" t="s">
         <v>7</v>
       </c>
       <c r="C89" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D89" s="2">
         <v>44926</v>
       </c>
       <c r="E89" s="3">
         <v>2022</v>
       </c>
       <c r="F89">
         <v>18.1994</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>6</v>
       </c>
       <c r="B90" t="s">
         <v>7</v>
       </c>
       <c r="C90" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D90" s="2">
         <v>44926</v>
       </c>
       <c r="E90" s="3">
         <v>2022</v>
       </c>
       <c r="F90">
         <v>6.5454</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>6</v>
       </c>
       <c r="B91" t="s">
         <v>7</v>
       </c>
       <c r="C91" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D91" s="2">
         <v>45291</v>
       </c>
       <c r="E91" s="3">
         <v>2023</v>
       </c>
       <c r="F91">
         <v>16.864071</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>6</v>
       </c>
       <c r="B92" t="s">
         <v>7</v>
       </c>
       <c r="C92" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D92" s="2">
         <v>45291</v>
       </c>
       <c r="E92" s="3">
         <v>2023</v>
       </c>
       <c r="F92">
         <v>6.6398</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.69999999999999996" right="0.69999999999999996" top="0.75" bottom="0.75" header="0.29999999999999999" footer="0.29999999999999999"/>
   <pageSetup orientation="portrait" scale="100" paperSize="9" fitToWidth="0" fitToHeight="0" horizontalDpi="0" verticalDpi="0" copies="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>GemBox.Spreadsheet</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>